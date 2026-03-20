--- v0 (2025-12-05)
+++ v1 (2026-03-20)
@@ -54,1777 +54,1777 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>req</t>
   </si>
   <si>
     <t>Requerimentos</t>
   </si>
   <si>
     <t>Itallo</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/</t>
+    <t>http://sapl.campinorte.go.leg.br/media/</t>
   </si>
   <si>
     <t>SOLICITA QUE PROVIDENCIE MAIS CONTEINERES DE LIXO</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/422/requerimento_002-2025_-_itallo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/422/requerimento_002-2025_-_itallo.pdf</t>
   </si>
   <si>
     <t>SOLICITA MELHORIAS DA ILUMINAÇÃO AO REDOR DA PREFEITURA</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/423/requerimento_003-2025_-_itallo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/423/requerimento_003-2025_-_itallo.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ULTILIZE PISOS EMBORRACHADOS NO LUGAR DA AREIA</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Paulo Henrique</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/431/requerimento_005-2025_-_paulo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/431/requerimento_005-2025_-_paulo.pdf</t>
   </si>
   <si>
     <t>SOLICITA OPERAÇÃO TAPA BURACOS NA RUA CAJU - PROXIMO A ESCOLA BOA ESPERANÇA</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/430/requerimento_004-2025_-_paulo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/430/requerimento_004-2025_-_paulo.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR SINALIZAÇÃO HORIZONTAL DA RUA CAJU.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/432/requerimento_006-2025_-_paulo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/432/requerimento_006-2025_-_paulo.pdf</t>
   </si>
   <si>
     <t>SOLICITA MANUTENÇÃO NA VIA  EM FRENTE A IGREJA ASSEMBLEIA DE DEUS CONGREGAÇÃO HEBRON</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Lução</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/433/requerimento_007-2025_-_juscelino.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/433/requerimento_007-2025_-_juscelino.pdf</t>
   </si>
   <si>
     <t>SOLICITA PATROLAMENTO DAS ESTRADAS VICINAIS DOS ASSENTAMENTOS IRACEMA E TEMA</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/434/requerimento_008-2025_-_juscelino.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/434/requerimento_008-2025_-_juscelino.pdf</t>
   </si>
   <si>
     <t>SOLICITA REFORMA DA UBS DO POVOADO DE JERUSALÉM (KM 300)</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/435/requerimento_009-2025_-_juscelino.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/435/requerimento_009-2025_-_juscelino.pdf</t>
   </si>
   <si>
     <t>SOLICITA ADQUIRIR UMA MOTO-NIVELADORA</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Vinicius Manduca</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/436/requerimento_010-2025_-_vinicius.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/436/requerimento_010-2025_-_vinicius.pdf</t>
   </si>
   <si>
     <t>SOLICITA RECAPEAMENTO DA AVENIDA RUI BARBOSA</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/437/requerimento_011-2025_-_vinicius.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/437/requerimento_011-2025_-_vinicius.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUEBRA-MOLAS NA AVENIDA BERNARDO SAYÃO</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Rosângela Barcelo Colinaçu</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/438/requerimento_012-2025_-_rosangela.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/438/requerimento_012-2025_-_rosangela.pdf</t>
   </si>
   <si>
     <t>SOLICITA REFORMA E AMPLIAÇÃO DO CLUBE SOCIAL NOEL ROSA, NO DISTRITO DE COLINAÇU.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/439/requerimento_013-2025_-_rosangela.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/439/requerimento_013-2025_-_rosangela.pdf</t>
   </si>
   <si>
     <t>SOLICITA REFORMA DO PRÉDIO SUB-PREFEITURA NO DISTRITO DE COLINAÇU.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/440/requerimento_014-2025_-_rosangela.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/440/requerimento_014-2025_-_rosangela.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE SALA DE VELÓRIOS E MUROS NO CEMITÉRIO DO DISTRITO DE COLINAÇU</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Vani Lara (Assistente Social)</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/441/requerimento_015-2025_-_vani.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/441/requerimento_015-2025_-_vani.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SINALIZAÇÃO DE TRÂNSITO NO SETOR NOVA CAMPINORTE</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Murilo Matheus</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/442/requerimento_016-2025_-_murilo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/442/requerimento_016-2025_-_murilo.pdf</t>
   </si>
   <si>
     <t>SOLICITA OPERAÇÃO TAPA-BURACOS NA AVENIDA PORTUGAL E RUA SINGAPURA, SETOR PARQUE DAS NAÇÕES.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE ILUMINAÇÃO NA QUADRA DO SETOR SUL</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Paulo Henrique, Vani Lara (Assistente Social)</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA INFORMADA A CÂMARA SOBRE REUNIÕES DE CONSELHOS DE CONTROLE SOCIAL DE MUNICÍPIOS</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Vinicius Manduca, Lução</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/445/requerimento_019-2025_-_vinicius_-_juscelino.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/445/requerimento_019-2025_-_vinicius_-_juscelino.pdf</t>
   </si>
   <si>
     <t>SOLICITA PATROLAMENTO E CASCALHAMENTO NA ESTRADA SENTIDO CORRÉGO DO OURO E BARRO VERMELHO.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Roberto</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/446/requerimento_020-2025_-_roberto.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/446/requerimento_020-2025_-_roberto.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REMOÇÃO E SUBSTITUIÇÃO DE UMA ÁRVORE NA AVENIDA RUI BARBOSA (VILA BATISTA).</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/450/requerimento_21_-_2025_-_juscelino.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/450/requerimento_21_-_2025_-_juscelino.pdf</t>
   </si>
   <si>
     <t>Solicita computadores para a sala dos Vereadores</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/451/requerimento_22_-_2025_-_juscelino.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/451/requerimento_22_-_2025_-_juscelino.pdf</t>
   </si>
   <si>
     <t>Solicita Reforma e Ampliação do Hospital Municipal</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/452/requerimento_23_-_2025_-_juscelino.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/452/requerimento_23_-_2025_-_juscelino.pdf</t>
   </si>
   <si>
     <t>Solicita Demolição do Colégio Municipal do Jerusalém</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/453/requerimento_24_-_2025_-_rosangela.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/453/requerimento_24_-_2025_-_rosangela.pdf</t>
   </si>
   <si>
     <t>Solicita a Construção de Praça e Quadra de Areia no Trevinho</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/454/requerimento_25_-_2025_-_rosangela.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/454/requerimento_25_-_2025_-_rosangela.pdf</t>
   </si>
   <si>
     <t>Solicita Restauração do Estádio Municipal de Colinaçu</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/455/requerimento_26_-_2025_-_rosangela.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/455/requerimento_26_-_2025_-_rosangela.pdf</t>
   </si>
   <si>
     <t>Solicita a necessidade de construção de uma ponte no Córrego do Matão que dá acesso ao morro do campo</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/456/requerimento_27_-_2025_-_vinicius.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/456/requerimento_27_-_2025_-_vinicius.pdf</t>
   </si>
   <si>
     <t>Solicita Limpeza do local onde se encontra a academia ao ar livre no Setor Nova Campinorte</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/457/requerimento_28_-_2025_-_vinicius.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/457/requerimento_28_-_2025_-_vinicius.pdf</t>
   </si>
   <si>
     <t>Solicita Cascalhamento da estrada de dá sentido a Uruaçu pela Vaca Brava a Geriaçu (Matão)</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/458/requerimento_29_-_2025_-_paulo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/458/requerimento_29_-_2025_-_paulo.pdf</t>
   </si>
   <si>
     <t>SOLICITA MANUTENÇÃO DOS PLAYGROUNDS DO MUNICÍPIO</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/459/requerimento_30_-_2025_-_paulo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/459/requerimento_30_-_2025_-_paulo.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONSTRUÇÃO DE SALA DE ATENDIMENTO MÉDICO NO POVOADO DO "BAXIÃO / MATÃO DOS PATUREBAS"</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/460/requerimento_31_-_2025_-_juscelino.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/460/requerimento_31_-_2025_-_juscelino.pdf</t>
   </si>
   <si>
     <t>SOLICITA A RECONSTRUÇÃO DO QUEBRA-MOLAS EM FRENTE A CASA DO "ZÉ CADEIRANTE" NO POVOADO DE JERUSALÉM (KM 300)</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/461/requerimento_32_-_2025_-_juscelino.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/461/requerimento_32_-_2025_-_juscelino.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UM QUEBRA-MOLAS NA AVENIDA BERNARDO SAYÃO</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/462/requerimento_33_-_2025_-_juscelino.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/462/requerimento_33_-_2025_-_juscelino.pdf</t>
   </si>
   <si>
     <t>SOLICITA UMA MOTONIVELADORA PARA FAZER A MANUTENÇÃO DAS ESTRADAS QUE DÃO ACESSO AO CONDOMÍNIO DO ÁTILA NO DISTRITO DE COLINAÇU</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/463/requerimento_34_-_2025_-_rosangela.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/463/requerimento_34_-_2025_-_rosangela.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE PONTE NO CÓRREGO DO MACACO</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/464/requerimento_35_-_2025_-_rosangela.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/464/requerimento_35_-_2025_-_rosangela.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UMA PRAÇA NO POVOADO DO BAXIÃO</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_36_-_2025_-_vani_lara.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_36_-_2025_-_vani_lara.pdf</t>
   </si>
   <si>
     <t>SOLICITA A RECONSTRUÇÃO DA CALÇADA E A FOSSA SÉPTICA NA UBS ODÁLIA BATISTA</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/466/requerimento_37_-_2025_-_vani_lara.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/466/requerimento_37_-_2025_-_vani_lara.pdf</t>
   </si>
   <si>
     <t>SOLICITA O CASCALHAMENTO DA RUA DO LOBO, SETOR VILA MIRANDA</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_n._38_-_2025_-_.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_n._38_-_2025_-_.pdf</t>
   </si>
   <si>
     <t>SOLICITA OPERAÇÃO TAPA BURACOS NO SETOR JARDIM DOS IPÊS</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>SOLICITA UMA PRAÇA NO SETOR JARDIM DOS IPÊS</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/473/requerimento_n._40_-_2025_-_.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/473/requerimento_n._40_-_2025_-_.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UMA PRAÇA PARA O POVOADO DE ACAÇULÂNDIA</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/474/requerimento_n._41_-_2025_-_.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/474/requerimento_n._41_-_2025_-_.pdf</t>
   </si>
   <si>
     <t>SOLICITA BANCOS NO ESPAÇO DO CANTEIRO CENTRAL E MANUTENÇÃO DA ACADEMIA AO CÉU ABERTO NO POVOADO DE JERUSALÉM</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_n._42_-_2025_-_.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_n._42_-_2025_-_.pdf</t>
   </si>
   <si>
     <t>SOLICITA PODA DE ARVORES PRÓXIMAS AO POSTO DE SAÚDE DO POVOADO DE JERUSALÉM</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>SOLICITA MANUTENÇÃO NO PARQUINHO EM JERUSALÉM</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/477/requerimento_n._44_-_2025_-_.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/477/requerimento_n._44_-_2025_-_.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE QUADRA DE ESPORTES NO POVOADO DE JERUSALÉM</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/478/requerimento_n._45_-_2025_-_.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/478/requerimento_n._45_-_2025_-_.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITA A REPARAÇÃO DAS ESTRADAS VICINAIS DA REGIÃO DA JACARÉ OU LAGES "SENTIDO CAMPINA VELHA"</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA IMPLANTADO O SISTEMA DE INDENTIFICAÇÃO MUNICIPAL (SELO SIM)</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/480/requerimento_n._47_-_2025_-_.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/480/requerimento_n._47_-_2025_-_.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONTEINERES DE COLETA DE LIXO PARA O DISTRITO DE COLINAÇU E TREVINHO</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/481/requerimento_n._48_-_2025_-_.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/481/requerimento_n._48_-_2025_-_.pdf</t>
   </si>
   <si>
     <t>SOLICTA A RECUPERAÇÃO DA ESTRADA VICINAL DA REGIÃO DA PLACA DA LIBÉRIA</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/482/requerimento_n._49_-_2025_-_.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/482/requerimento_n._49_-_2025_-_.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CRIAÇÃO DE PROGRAMA DIRECIONADO AOS SERVIDORES PÚBLICOS QUE NÃO TEM CASA PRÓPRIA</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/483/requerimento_n._50_-_2025.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/483/requerimento_n._50_-_2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE SINALIZAÇÃO NOS PONTOS DE EMBARQUE E DESEMBARQUE DOS TRANSPORTES ESCOLARES</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_n._51_-_2025.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_n._51_-_2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA RECAPEAMENTO NA AVENIDA CENTRAL</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_n._52_-_2025.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_n._52_-_2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONTAGEM DE CONSELHOS DO MUNICIPIO</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_n._53_-_2025.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_n._53_-_2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE PONTES PARA OS CORREGOS CREMILDES E PALMEIRA ALTA</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/487/requerimento_n._54_-_2025.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/487/requerimento_n._54_-_2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA UM LEITO PARA O POSTO DE SAÚDE DE COLINAÇU</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/488/requerimento_n._55_-_2025.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/488/requerimento_n._55_-_2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DO SELO DE INSPEÇÃO MUNICIPAL (SIM)</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/489/requerimento_n._56_-_2025.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/489/requerimento_n._56_-_2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE QUEBRA - MOLAS NA RUA 2 (ENTRE A RUA SÃO SEBASTIÃO , SETOR NOSSA SENHORA DA GUIA)</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/490/requerimento_n._57_-_2025.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/490/requerimento_n._57_-_2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA A DESOBSTRUÇÃO E SINALIZAÇÃO DA AVENIDA LINO PRADO</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento_58_de_2025.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento_58_de_2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UM POSTO DE SAUDE ENTRE OS SETORES MARCELÂNDIA E JARDIM DOS IPÊS</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_59_de_2025.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_59_de_2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA RECAPEAMENTO NA AVENIDA LINO PRADO</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_60_de_2025.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_60_de_2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CRIAÇÃO DO PLANO DIRETOR DO MUNICÍPIO</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/500/requerimento_n._61-2025_.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/500/requerimento_n._61-2025_.pdf</t>
   </si>
   <si>
     <t>REQUER A ADEQUAÇÃO DOS PROCEDIMENTOS DE USO DE VEICULOS AUTOMOTORES DE PROPRIEDADE DE MUNICÍPIO</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE ALAMBRADO NO TERRENO DA PREFEITURA ONDE ESTÁ INSTALADO O CLUBE NO POVOADO DO BAXIÃO</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/502/requerimento_n._63-2025_.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/502/requerimento_n._63-2025_.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE QUEBRA - MOLAS NA RUA MAURO BÁRBARA (COLINAÇU)</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/503/requerimento_n._64-2025_.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/503/requerimento_n._64-2025_.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE QUEBRA MOLAS NA RUA J. LOBO</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>SOLICITA OPERAÇÃO TAPA BURACOS NA AVENIDA C - NO NOVA CAMPINORTE</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/505/requerimento_n._66-2025_.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/505/requerimento_n._66-2025_.pdf</t>
   </si>
   <si>
     <t>SOLICITA PAVIMENTAÇÃO ASFÁLTICA NA VILA MIRANDA</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>SOLICITA A PAVIMENTAÇÃO ASFÁLTICA DA AV. BERNARDO SAYAO, DO ANEL VIÁRIO A VILA MIRANDA</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/507/requerimento_n._68-2025_.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/507/requerimento_n._68-2025_.pdf</t>
   </si>
   <si>
     <t>SOLICITA A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA NO DISTRITO DE COLINAÇU</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/508/requerimento_n._69_-_2025.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/508/requerimento_n._69_-_2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO PODER LEGISLATIVO QUE PROVIDENCIE O PERFIL PROFISSIOGRÁFICO (PPP) DOS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/526/requerimento70-2025-.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/526/requerimento70-2025-.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INCLUSÃO DO POVOADO DO TREVINHO NO CRONOGRAMA DE PAVIMENTAÇÃO</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/527/requerimento71-2025-.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/527/requerimento71-2025-.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONTRATAÇÃO DE ENGENHEIRO CIVIL PARA AVALIAÇÃO DO PRÉDIO DA PREFEITURA</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/528/requerimento72-2025-.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/528/requerimento72-2025-.pdf</t>
   </si>
   <si>
     <t>SOLICITA REPAROS NO TELHADO DO GINÁSIO GOIÁ CANDIDO LACERDA</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/529/requerimento73-2025-.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/529/requerimento73-2025-.pdf</t>
   </si>
   <si>
     <t>SOLICITA A NOTIFICAÇÃO DOS PROPRIETÁRIOS DOS LOTEAMENTOS ROGÉRIO BAILONA E MARIA DAS DORES PARA QUE FAÇAM A LIMPEZA EM SEUS TERRENOS</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Cezamar</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/530/requerimento74-2025-.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/530/requerimento74-2025-.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COBERTURA DAS QUADRAS DAS ESCOLAS: NOSSA SENHORA APARECIDA E DALVA MARQUES DA COSTA</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/531/requerimento75-2025-.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/531/requerimento75-2025-.pdf</t>
   </si>
   <si>
     <t>SOLICITA O PAGAMENTO DO INCENTIVO ADICIONAL DO COMPONENTE DE QUALIDADE AOS AGENTES DE ENDEMIAS</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/532/requerimento76-2025-.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/532/requerimento76-2025-.pdf</t>
   </si>
   <si>
     <t>SOLICITA MANUTENÇÃO DOS BRINQUEDOS NA PRAÇA DA PREFEITURA</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/533/requerimento77-2025-.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/533/requerimento77-2025-.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UM QUEBRA-MOLAS NA RUA TIRADENTES (ENTRE A RUA BELÉM E TANCREDO NEVES)</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/534/requerimento78-2025-.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/534/requerimento78-2025-.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UM QUEBRA-MOLAS NA AV. VERA CRUZ</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/535/requerimento79-2025-.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/535/requerimento79-2025-.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REFORMA DOS BANHEIROS DO TERMINAL RODOVIÁRIO DE CAMPINORTE</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/536/requerimento80-2025-.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/536/requerimento80-2025-.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE BEBEDOUROS PÚBLICOS PARA OS USUÁRIOS DO TERMINAL RODOVIÁRIO E FEIRA MUNICIPAL</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/537/requerimento81-2025-.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/537/requerimento81-2025-.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PAVIMENTAÇÃO ASFÁLTICA DAS RUAS DE COLINAÇU</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/538/requerimento82-2025-.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/538/requerimento82-2025-.pdf</t>
   </si>
   <si>
     <t>SOLICITA A IMPLANTAÇÃO DE SINALIZAÇÃO NA ENTRADA DE CAMPINORTE, PARA DIRECIONAR VEICULOS PESADOS PARA O ANEL VIÁRIO</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/539/requerimento83-2025-.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/539/requerimento83-2025-.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UM CANIL MUNICIPAL</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/540/requerimento85-2025-.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/540/requerimento85-2025-.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UM QUEBRA-MOLAS ENTRE A AVENIDA VERA CRUZ E AVENIDA MARANHÃO</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/541/requerimento86-2025-.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/541/requerimento86-2025-.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UM QUEBRA-MOLAS NA RUA TIRADENTES</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE CERCA DE ALAMBRADO E INSTALAÇÃO DE CÂMERAS DE MONITORAMENTO NO "LIXÃO" MUNICIPAL</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO PODER LEGISLATIVO A AQUISIÇÃO DE UM VEÍCULO A SERVIÇO DA CÂMARA</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Gabinete dos vereadores - GVs</t>
   </si>
   <si>
     <t>REQUER A APROVAÇÃO DA MOÇAO DE APOIO AO PDL 3/2025 QUE SUSTA OS EFEITOS DA RESOLUÇÃO N. 258 DO CONANDA, E AO PL 1904/2024 QUE VISA IMPEDIR QUE O ABORTO SEJA RECONHECIDO COMO DIREITO.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>SOLICITA DUAS LOMBADAS NA AVENIDA CENTRAL ESQ. RUA ROCHA LEMOS</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/546/requerimento91-2025-.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/546/requerimento91-2025-.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REALIZAÇÃO DA FESTA JUNINA NO DISTRITO DE COLINAÇU</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/547/requerimento92-2025-.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/547/requerimento92-2025-.pdf</t>
   </si>
   <si>
     <t>SOLICITA A TROCA DE LÂMPADAS NO DISTRITO DE ACAÇULÂNDIA</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/548/requerimento93-2025-.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/548/requerimento93-2025-.pdf</t>
   </si>
   <si>
     <t>SOLICITA O REATIVAMENTO DA SUBDELEGACIA DA POLÍCIA MILITAR NO DISTRITO DE COLINAÇU</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/549/requerimento94-2025-.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/549/requerimento94-2025-.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REALIZAÇÃO DE UM GOVERNO INTINERANTE EM COLINAÇU</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/521/requerimento-95-vinicius.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/521/requerimento-95-vinicius.pdf</t>
   </si>
   <si>
     <t>SOLICITA UM QUEBRA MOLAS NA RUA CRISTO REDENTOR</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento-96-vinicius.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento-96-vinicius.pdf</t>
   </si>
   <si>
     <t>SOLICITA LIMPEZA NO SETOR MARIA DAS DORES</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/523/requerimento-97-lucao.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/523/requerimento-97-lucao.pdf</t>
   </si>
   <si>
     <t>SOLICITA AQUISIÇÃO DE GRADE NIVELADORA PARA O DISTRITO DE COLINAÇU</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento-98-roberto.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento-98-roberto.pdf</t>
   </si>
   <si>
     <t>SOLICITA RECAPEAMENTO DA RUA ANIZA QUERUBINA NO SETOR VILA SILVA</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/519/requerimento-99-itallo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/519/requerimento-99-itallo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DA PROCURADORIA DA MULHER NO DISTRITO DE COLINAÇU</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/518/requerimento-100-vinicius.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/518/requerimento-100-vinicius.pdf</t>
   </si>
   <si>
     <t>SOLICITA RECAPEAMENTO ASFÁLTICO NA AVENIDA RUI BARBOSA</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/517/requerimento-101-cezamar.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/517/requerimento-101-cezamar.pdf</t>
   </si>
   <si>
     <t>SOLICITA FAIXA DE PEDESTRES NA AVENIDA BERNARDO SAYÃO EM FRENTE A PANIFICADORA PÃO NOBRE</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/516/requerimento-102-vani.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/516/requerimento-102-vani.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REVISTALIZAÇÃO DA PRAÇA JATOBÁ, NO SETOR NOVA CAMPINORTE</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/510/requerimento-103-paulo-henrique.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/510/requerimento-103-paulo-henrique.pdf</t>
   </si>
   <si>
     <t>SOLICITA REALIZAÇÃO DE CONCURSO PÚBLICO PARA ÁREAS DE FISCALIZAÇÃO</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/511/requerimento-104-lucao.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/511/requerimento-104-lucao.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE LIXEIRAS NAS PORTAS DAS ESCOLAS E COLÉGIOS DO MUNICÍPIO</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>SOLICITA AQUISIÇÃO DE UM TERRENO PARA O LIXÃO</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/550/requerimento_106_-_2025_-_.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/550/requerimento_106_-_2025_-_.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERNET PÚBLICA NA PRAÇA DE ESPORTES</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/551/requerimento_107_-_2025_-_.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/551/requerimento_107_-_2025_-_.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE CÂMERAS DE SEGURANÇA NA PRAÇA DOS ESPORTES</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/552/requerimento_108_-_2025_-_.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/552/requerimento_108_-_2025_-_.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE UM QUEBRA MOLAS NA RUA NATAL COM A RUA MARANHAO</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DO RESTAURANTE DO BEM NO MUNICÍPIO DE CAMPINORTE</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/554/requerimento_110_-_2025_-_.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/554/requerimento_110_-_2025_-_.pdf</t>
   </si>
   <si>
     <t>SOLICITA A EXECUÇÃO DE POLÍTICA PÚBLICA DE REDUÇÃO DE DANOS NA OBRA DA CRECHE ABANDONADA</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/555/requerimento_111_-_2025_-_.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/555/requerimento_111_-_2025_-_.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INCLUSÃO DO POVOADO DE JERUSALEM NO PRJETO DE SINALIZAÇÃO HORIZONTAL E VERTICAL</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/556/requerimento_112_-_2025_-_.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/556/requerimento_112_-_2025_-_.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE LIXEIRAS PÚBLICAS EM TODO PERÍMETRO DO CLUBE DA LAGOA</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/557/requerimento_113_-_2025_-_.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/557/requerimento_113_-_2025_-_.pdf</t>
   </si>
   <si>
     <t>SOLICITA MANUTENÇÃO E LIMPEZA DO CLUBE DA LAGOA</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/558/requerimento_114_-_2025_-_.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/558/requerimento_114_-_2025_-_.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PAVIMENTAÇÃO ASFÁLTICA PRA RUA: 07 DE SETEMBRO, RUA DOS LOBOS JERUSALÉM E RUA 02 07 DE SETEMBRO</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>P.L.E</t>
   </si>
   <si>
     <t>Projetos de Lei do Poder Executivo</t>
   </si>
   <si>
     <t>PODER EXECUTIVO - P.E</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/424/projeto_de_lei_001-2025.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/424/projeto_de_lei_001-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL, ANUAL, NOS MESMOS INDICES PARA TODOS OS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/425/projeto_de_lei_002-2025.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/425/projeto_de_lei_002-2025.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A FIXAÇÃO DO PISO DOS SERVIDORES PÚBLICOS OCUPANTES DO CARGO DE MAGISTÉRIO</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/426/projeto_de_lei_003-2025.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/426/projeto_de_lei_003-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DESAFETAÇÃO E AUTORIZAÇÃO PARA ALIENAÇÃO DE BENS PÚBLICOS</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/427/projeto_de_lei_004-2025.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/427/projeto_de_lei_004-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DE BENEFÍCIOS PARA PAGAMENTOS DE DÉBITOS FISCAIS EM ATRASO.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/470/projeto_de_lei_005_-_2025_-_executivo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/470/projeto_de_lei_005_-_2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ATUALIZAÇÃO DE VALORES DISPOSTOS NA LEI 546/2016</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/496/projeto_de_lei_006-2025_-_executivo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/496/projeto_de_lei_006-2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>TRATA DE REFORMULAR CARGOS EM PROVIMENTO DE COMISSÃO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/497/projeto_de_lei_007-2025_-_executivo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/497/projeto_de_lei_007-2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO NA LEI 586/2018 E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/498/projeto_de_lei_008-2025_-_executivo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/498/projeto_de_lei_008-2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO NOME DA ESCOLA CASINHA FELIZ PARA ESCOLA MUNICIPAL DALVA MARQUES DA COSTA</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/499/projeto_de_lei_009-2025_-_executivo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/499/projeto_de_lei_009-2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>CRIA A POLÍTICA PÚBLICA MUNICIPAL DE ENFRENTAMENTO A VIOLÊNCIA DOMÉSTICA E FAMILIAR CONTRA A MULHER</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>Gabinete do Prefeito - GABPREF</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/515/projeto-de-lei-010-executivo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/515/projeto-de-lei-010-executivo.pdf</t>
   </si>
   <si>
     <t>TRATA DE REFORMULAR CARGOS DE PROVIMENTO EM COMISSÃO E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/509/projeto_de_lei_011_-_executivo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/509/projeto_de_lei_011_-_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes gerais para a elaboração da Lei Orçamentária de 2026 (Ano Referência 2026) e dá outras providências.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/572/projeto_de_lei_012_executivo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/572/projeto_de_lei_012_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Municipal 488/2013 de 27 de setembro de 2013 e dá outras providências .</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/573/projeto_de_lei_013_executivo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/573/projeto_de_lei_013_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da contratação temporária de pessoal, por tempo determinado ponto, para atender a necessidade de excepcional interesse público no âmbito do município de Campinorte, estado de Goiás, mediante processos seletivos simplificado, nas hipóteses que especifica e da outras providências</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>P.R.T</t>
   </si>
   <si>
     <t>PORTARIA</t>
   </si>
   <si>
     <t>Gabinete do Presidente - GABPRES</t>
   </si>
   <si>
     <t>Dispõe sobre designação de servidor como responsável junto ao PASSAPORTE, para o envio de dados ao TCM/GO Via plataforma COLARE, e da outras providências</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>P.L.L</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/429/projeto_de_lei_001-2025_-_legislativo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/429/projeto_de_lei_001-2025_-_legislativo.pdf</t>
   </si>
   <si>
     <t>TRATA DE REDEFINIR OS VENCIMENTOS DO CARGO DE DIRETOR GERAL E DIRETOR DE COMUNICAÇÃO.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE PROTEÇÃO E DEFESA DOS ANIMAIS - CMPDA</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/491/projeto_de_lei_003_-_2025_-_legislativo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/491/projeto_de_lei_003_-_2025_-_legislativo.pdf</t>
   </si>
   <si>
     <t>DA NOME AO CLUBE VESPAZIANO RIBEIRO (ZIANO)</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/492/projeto_de_lei_004_-_2025_-_legislativo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/492/projeto_de_lei_004_-_2025_-_legislativo.pdf</t>
   </si>
   <si>
     <t>ALTERA O SENTIDO DA RUA FRANCISCO PEREIRA</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/559/projeto_de_lei_006_-_2025_-_legislativo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/559/projeto_de_lei_006_-_2025_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui o dia da beleza da mulher, como política pública de_x000D_
 valorização e conscientização do direito feminino e igualdade_x000D_
 de gênero, e das outras providencias.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/560/projeto_de_lei_007_-_2025_-_legislativo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/560/projeto_de_lei_007_-_2025_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui a semana de conscientização, valorização, e_x000D_
 atenção as necessidades da pessoa idosa no municipio_x000D_
 de Campinorte, e das outras providencias.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/561/projeto_de_lei_008_-_2025_-_legislativo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/561/projeto_de_lei_008_-_2025_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui como Patrimônio Público Cultural e Imaterial do povo Campinortense a festa em comemoração ao dia do evangélico , e da outras providencias</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/562/projeto_de_lei_009_-_2025_-_legislativo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/562/projeto_de_lei_009_-_2025_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui a Campanha " Agosto Lilás " , dedicado à prevenção e conscientização pelo fim da violência contra a mulher no municipio de Campinorte - GO e dá outras providências .</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/563/projeto_de_lei_010_-_2025_-_legislativo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/563/projeto_de_lei_010_-_2025_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da definição e alteração de nomes de logradouros públicos no municipio de Campinorte - Goiás e dá outras providências .</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/564/projeto_de_lei_011_-_2025_-_legislativo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/564/projeto_de_lei_011_-_2025_-_legislativo.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA _x000D_
 ASSOCIAÇÃO DOS PRODUTORES RURAIS DE _x000D_
 CAMPINORTE / GO</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>PROJETO DE LEI 012</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/513/projeto-de-lei-013-legislativo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/513/projeto-de-lei-013-legislativo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROTEÇÃO E BEM-ESTAR DOS ANIMAIS DOMÉSTICOS NO MUNICÍPIO DE CAMPINORTE-GO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>" Trata de dar sentido único a Rua Cristo Redentor no Setor Central e dá outras providências " .</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/567/projeto_de_lei_015_-_2025_-_legislativo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/567/projeto_de_lei_015_-_2025_-_legislativo.pdf</t>
   </si>
   <si>
     <t>" Trata de dar sentido único a Rua São João no Setor Central e dá outras providências "</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>Lução, Cezamar, Roberto</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/568/projeto_de_lei_016_-_2025_-_legislativo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/568/projeto_de_lei_016_-_2025_-_legislativo.pdf</t>
   </si>
   <si>
     <t>" Dispõe sobre politica de cotas raciais e socioeconômicas no âmbito do _x000D_
 Poder Executivo e Legislativo do Municipio de Campinorte , por meio da reserva de vagas a afrodescendentes , indígenas e alunos oriundos do ensino médio público , em concursos públicos para provimento de cargos efetivos no ámbito da estrutura administrativa do Município de Campinorte Goiás "</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/569/projeto_de_lei_017_-_2025_-_legislativo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/569/projeto_de_lei_017_-_2025_-_legislativo.pdf</t>
   </si>
   <si>
     <t>" Altera o sentido único da Rua Goiás no Setor Central e dá outras providências " .</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/570/projeto_de_lei_018_-_2025_-_legislativo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/570/projeto_de_lei_018_-_2025_-_legislativo.pdf</t>
   </si>
   <si>
     <t>" Altera o sentido único da rua Sete de Setembro no Setor Central e dá outras providências "</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/571/projeto_de_lei_019_-_2025_-_legislativo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/571/projeto_de_lei_019_-_2025_-_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição do uso de pedra tapiocanga para tapa - buracos em vias públicas no Município de Campinorte / GO e dá outras providências .</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>MCS</t>
   </si>
   <si>
     <t>MOÇÕES</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/448/mocao_de_aplausos_001-2025.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/448/mocao_de_aplausos_001-2025.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Sr. Santana Batista da Silva</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/449/mocao_de_aplausos_002-2025.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/449/mocao_de_aplausos_002-2025.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Sr. Antônio José Rodrigues Filho (Tingo)</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/467/mocao_de_aplausos_003-2025.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/467/mocao_de_aplausos_003-2025.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos aos Srs. Maxuell Silva Lacerda e Vitor Massumi Avila Vaz</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/525/mocao-de-aplausos-011.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/525/mocao-de-aplausos-011.pdf</t>
   </si>
   <si>
     <t>CONCEDE MOCÃO DE APLAUSO AO SENHOR LINDOMAR REZENDE ALELUIA</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/514/mocao-de-aplauso-012.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/514/mocao-de-aplauso-012.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO A MADALENA ALVES AMARO</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>P.RES</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>MESA DIRETORA - M.DIR</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/428/projeto_de_resolucao_003-2025.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/428/projeto_de_resolucao_003-2025.pdf</t>
   </si>
   <si>
     <t>MODIFICA O CAPUT DO ART. 56 DA RESOLUÇÃO 02/2017</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/520/projeto-de-resolucao-005-2025.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/520/projeto-de-resolucao-005-2025.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A CONCESSÃO DE MOÇÕES DE APLAUSOS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2131,68 +2131,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/422/requerimento_002-2025_-_itallo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/423/requerimento_003-2025_-_itallo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/431/requerimento_005-2025_-_paulo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/430/requerimento_004-2025_-_paulo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/432/requerimento_006-2025_-_paulo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/433/requerimento_007-2025_-_juscelino.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/434/requerimento_008-2025_-_juscelino.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/435/requerimento_009-2025_-_juscelino.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/436/requerimento_010-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/437/requerimento_011-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/438/requerimento_012-2025_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/439/requerimento_013-2025_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/440/requerimento_014-2025_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/441/requerimento_015-2025_-_vani.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/442/requerimento_016-2025_-_murilo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/445/requerimento_019-2025_-_vinicius_-_juscelino.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/446/requerimento_020-2025_-_roberto.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/450/requerimento_21_-_2025_-_juscelino.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/451/requerimento_22_-_2025_-_juscelino.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/452/requerimento_23_-_2025_-_juscelino.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/453/requerimento_24_-_2025_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/454/requerimento_25_-_2025_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/455/requerimento_26_-_2025_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/456/requerimento_27_-_2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/457/requerimento_28_-_2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/458/requerimento_29_-_2025_-_paulo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/459/requerimento_30_-_2025_-_paulo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/460/requerimento_31_-_2025_-_juscelino.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/461/requerimento_32_-_2025_-_juscelino.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/462/requerimento_33_-_2025_-_juscelino.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/463/requerimento_34_-_2025_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/464/requerimento_35_-_2025_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_36_-_2025_-_vani_lara.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/466/requerimento_37_-_2025_-_vani_lara.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_n._38_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/473/requerimento_n._40_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/474/requerimento_n._41_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_n._42_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/477/requerimento_n._44_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/478/requerimento_n._45_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/480/requerimento_n._47_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/481/requerimento_n._48_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/482/requerimento_n._49_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/483/requerimento_n._50_-_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_n._51_-_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_n._52_-_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_n._53_-_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/487/requerimento_n._54_-_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/488/requerimento_n._55_-_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/489/requerimento_n._56_-_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/490/requerimento_n._57_-_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento_58_de_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_59_de_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_60_de_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/500/requerimento_n._61-2025_.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/502/requerimento_n._63-2025_.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/503/requerimento_n._64-2025_.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/505/requerimento_n._66-2025_.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/507/requerimento_n._68-2025_.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/508/requerimento_n._69_-_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/526/requerimento70-2025-.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/527/requerimento71-2025-.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/528/requerimento72-2025-.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/529/requerimento73-2025-.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/530/requerimento74-2025-.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/531/requerimento75-2025-.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/532/requerimento76-2025-.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/533/requerimento77-2025-.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/534/requerimento78-2025-.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/535/requerimento79-2025-.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/536/requerimento80-2025-.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/537/requerimento81-2025-.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/538/requerimento82-2025-.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/539/requerimento83-2025-.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/540/requerimento85-2025-.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/541/requerimento86-2025-.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/546/requerimento91-2025-.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/547/requerimento92-2025-.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/548/requerimento93-2025-.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/549/requerimento94-2025-.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/521/requerimento-95-vinicius.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento-96-vinicius.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/523/requerimento-97-lucao.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento-98-roberto.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/519/requerimento-99-itallo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/518/requerimento-100-vinicius.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/517/requerimento-101-cezamar.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/516/requerimento-102-vani.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/510/requerimento-103-paulo-henrique.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/511/requerimento-104-lucao.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/550/requerimento_106_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/551/requerimento_107_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/552/requerimento_108_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/554/requerimento_110_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/555/requerimento_111_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/556/requerimento_112_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/557/requerimento_113_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/558/requerimento_114_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/424/projeto_de_lei_001-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/425/projeto_de_lei_002-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/426/projeto_de_lei_003-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/427/projeto_de_lei_004-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/470/projeto_de_lei_005_-_2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/496/projeto_de_lei_006-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/497/projeto_de_lei_007-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/498/projeto_de_lei_008-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/499/projeto_de_lei_009-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/515/projeto-de-lei-010-executivo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/509/projeto_de_lei_011_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/572/projeto_de_lei_012_executivo.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/573/projeto_de_lei_013_executivo.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/429/projeto_de_lei_001-2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/491/projeto_de_lei_003_-_2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/492/projeto_de_lei_004_-_2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/559/projeto_de_lei_006_-_2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/560/projeto_de_lei_007_-_2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/561/projeto_de_lei_008_-_2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/562/projeto_de_lei_009_-_2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/563/projeto_de_lei_010_-_2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/564/projeto_de_lei_011_-_2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/513/projeto-de-lei-013-legislativo.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/567/projeto_de_lei_015_-_2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/568/projeto_de_lei_016_-_2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/569/projeto_de_lei_017_-_2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/570/projeto_de_lei_018_-_2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/571/projeto_de_lei_019_-_2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/448/mocao_de_aplausos_001-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/449/mocao_de_aplausos_002-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/467/mocao_de_aplausos_003-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/525/mocao-de-aplausos-011.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/514/mocao-de-aplauso-012.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/428/projeto_de_resolucao_003-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/520/projeto-de-resolucao-005-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/422/requerimento_002-2025_-_itallo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/423/requerimento_003-2025_-_itallo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/431/requerimento_005-2025_-_paulo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/430/requerimento_004-2025_-_paulo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/432/requerimento_006-2025_-_paulo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/433/requerimento_007-2025_-_juscelino.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/434/requerimento_008-2025_-_juscelino.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/435/requerimento_009-2025_-_juscelino.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/436/requerimento_010-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/437/requerimento_011-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/438/requerimento_012-2025_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/439/requerimento_013-2025_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/440/requerimento_014-2025_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/441/requerimento_015-2025_-_vani.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/442/requerimento_016-2025_-_murilo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/445/requerimento_019-2025_-_vinicius_-_juscelino.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/446/requerimento_020-2025_-_roberto.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/450/requerimento_21_-_2025_-_juscelino.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/451/requerimento_22_-_2025_-_juscelino.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/452/requerimento_23_-_2025_-_juscelino.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/453/requerimento_24_-_2025_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/454/requerimento_25_-_2025_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/455/requerimento_26_-_2025_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/456/requerimento_27_-_2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/457/requerimento_28_-_2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/458/requerimento_29_-_2025_-_paulo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/459/requerimento_30_-_2025_-_paulo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/460/requerimento_31_-_2025_-_juscelino.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/461/requerimento_32_-_2025_-_juscelino.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/462/requerimento_33_-_2025_-_juscelino.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/463/requerimento_34_-_2025_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/464/requerimento_35_-_2025_-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_36_-_2025_-_vani_lara.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/466/requerimento_37_-_2025_-_vani_lara.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_n._38_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/473/requerimento_n._40_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/474/requerimento_n._41_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_n._42_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/477/requerimento_n._44_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/478/requerimento_n._45_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/480/requerimento_n._47_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/481/requerimento_n._48_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/482/requerimento_n._49_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/483/requerimento_n._50_-_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_n._51_-_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_n._52_-_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_n._53_-_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/487/requerimento_n._54_-_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/488/requerimento_n._55_-_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/489/requerimento_n._56_-_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/490/requerimento_n._57_-_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento_58_de_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_59_de_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_60_de_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/500/requerimento_n._61-2025_.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/502/requerimento_n._63-2025_.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/503/requerimento_n._64-2025_.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/505/requerimento_n._66-2025_.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/507/requerimento_n._68-2025_.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/508/requerimento_n._69_-_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/526/requerimento70-2025-.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/527/requerimento71-2025-.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/528/requerimento72-2025-.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/529/requerimento73-2025-.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/530/requerimento74-2025-.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/531/requerimento75-2025-.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/532/requerimento76-2025-.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/533/requerimento77-2025-.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/534/requerimento78-2025-.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/535/requerimento79-2025-.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/536/requerimento80-2025-.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/537/requerimento81-2025-.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/538/requerimento82-2025-.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/539/requerimento83-2025-.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/540/requerimento85-2025-.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/541/requerimento86-2025-.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/546/requerimento91-2025-.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/547/requerimento92-2025-.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/548/requerimento93-2025-.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/549/requerimento94-2025-.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/521/requerimento-95-vinicius.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento-96-vinicius.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/523/requerimento-97-lucao.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento-98-roberto.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/519/requerimento-99-itallo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/518/requerimento-100-vinicius.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/517/requerimento-101-cezamar.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/516/requerimento-102-vani.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/510/requerimento-103-paulo-henrique.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/511/requerimento-104-lucao.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/550/requerimento_106_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/551/requerimento_107_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/552/requerimento_108_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/554/requerimento_110_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/555/requerimento_111_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/556/requerimento_112_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/557/requerimento_113_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/558/requerimento_114_-_2025_-_.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/424/projeto_de_lei_001-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/425/projeto_de_lei_002-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/426/projeto_de_lei_003-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/427/projeto_de_lei_004-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/470/projeto_de_lei_005_-_2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/496/projeto_de_lei_006-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/497/projeto_de_lei_007-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/498/projeto_de_lei_008-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/499/projeto_de_lei_009-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/515/projeto-de-lei-010-executivo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/509/projeto_de_lei_011_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/572/projeto_de_lei_012_executivo.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/573/projeto_de_lei_013_executivo.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/429/projeto_de_lei_001-2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/491/projeto_de_lei_003_-_2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/492/projeto_de_lei_004_-_2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/559/projeto_de_lei_006_-_2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/560/projeto_de_lei_007_-_2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/561/projeto_de_lei_008_-_2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/562/projeto_de_lei_009_-_2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/563/projeto_de_lei_010_-_2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/564/projeto_de_lei_011_-_2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/513/projeto-de-lei-013-legislativo.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/567/projeto_de_lei_015_-_2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/568/projeto_de_lei_016_-_2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/569/projeto_de_lei_017_-_2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/570/projeto_de_lei_018_-_2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/571/projeto_de_lei_019_-_2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/448/mocao_de_aplausos_001-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/449/mocao_de_aplausos_002-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/467/mocao_de_aplausos_003-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/525/mocao-de-aplausos-011.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/514/mocao-de-aplauso-012.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/428/projeto_de_resolucao_003-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2025/520/projeto-de-resolucao-005-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H153"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="40.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="118.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="118" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>