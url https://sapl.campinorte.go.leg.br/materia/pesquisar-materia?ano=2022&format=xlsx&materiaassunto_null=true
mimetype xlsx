--- v0 (2025-12-05)
+++ v1 (2026-03-22)
@@ -54,1701 +54,1701 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>req</t>
   </si>
   <si>
     <t>Requerimentos</t>
   </si>
   <si>
     <t>Julimar, Amarildo</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/14/requerimento-001-2022.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/14/requerimento-001-2022.pdf</t>
   </si>
   <si>
     <t>Requer cópias do contrato referente a contratação de serviço de coveiro</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Julimar</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/</t>
+    <t>http://sapl.campinorte.go.leg.br/media/</t>
   </si>
   <si>
     <t>Requer a manutenção da iluminação pública no povoado do Trevinho</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/16/requerimento-003-2022.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/16/requerimento-003-2022.pdf</t>
   </si>
   <si>
     <t>Requer o conserto do portão do cemitério novo e do telhado do mesmo</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Amarildo</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/17/requerimento-004-2022.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/17/requerimento-004-2022.pdf</t>
   </si>
   <si>
     <t>Requer a documentação ao Executivo Municipal e ao Secretário de Finanças a respeito do parcelamento da dívida junto a Receita Federal</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Clebio, Itallo</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/18/5.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/18/5.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo que possa laminar e encascalhar as ruas e avenidas do setor novo horizonte, seguindo o mesmo sentido aproveitando tempo laminar  e encascalhar a porta do cemitério Monsenhor Juarez dos Passos.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/19/6.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/19/6.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO MUNICIPAL E O SECRETÁRIO DE SAÚDE, A POSSIBILIDADE DE MEDIDAS PREVENTIVAS QUANTO A AGLOMERAÇÃO NO CENTRO DO COVID.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/20/7.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/20/7.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo que possa fornecer a relação com datas e valores das emendas que foram aproveitadas através da medida da lei complementar nº 172/2020 e ementa nº 181/2021.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Murilo Matheus</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/21/8.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/21/8.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal e ao secretário de Transporte e Urbanismo que possa encaminhar o planejamento de recuparação das estradas rurais de todas as regiões do município de Campinorte, contendo o nome das regiões e datas previstas para recuperação das mesmas.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/22/9.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/22/9.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre uma possível reforma ao Centro de Saúde.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Clebio</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/23/10.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/23/10.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo e a Secretária Transporte e Urbanismo que possa laminar e encascalhar as ruas sem asfalto do Setor Residencial Mansões (Próximo ao Fórum).</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Maleta</t>
   </si>
   <si>
     <t>Requer ao Executivo e a Secretária de Transporte e Urbanismo que possa fazer operação tapa buracos nas ruas e avenidas do distrito de Colinaçu, e também a manutenção das ruas sem pavimentação do distrito.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Requer a manutenção das canaletas da Avenida Central</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/26/requerimento-013-2022.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/26/requerimento-013-2022.pdf</t>
   </si>
   <si>
     <t>Requer ao executivo e a Secretaria transporte e Urbanismo que possa fazer a recuperação das entradas no setor Jardim dos Ipês e Vila Marcelândia.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/27/requerimento-014-2022.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/27/requerimento-014-2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo e a Secretaria Transporte e Urbanismo que possa fazer operação tapa buracos no setor Jardim dos Ipês e na Vila Marcelândia.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/28/requerimento-015-2022.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/28/requerimento-015-2022.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO MUNICIPAL E A SECRETARIA DE TRANSPORTE E URBANISMO A TROCA DE LAMPADAS NOS POSTES NO SETOR MARIA DAS DORES.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO MUNICIPAL E A SECRETARIA DE TRANSPORTE E URBANISMO QUE TOME PROVIDÊNCIAS EM RELAÇÃO AOS ATOLEIROS NAS ESTRADAS RURAIS NAS MEDIAÇÕES DO MATÃO DOS PATUREBAS.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Cezamar</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/30/requerimento-017-2022.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/30/requerimento-017-2022.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO MUNICIPAL E A SECRETARIA DE TRANSPORTE E URBANISMO QUE TOME PROVIDÊNCIAS EM RELAÇÃO AOS ALAGAMENTOS QUE ESTÃO SENDO PROVOCADOS PELAS ENXURRADAS NA RUA BOA VISTA NO DISTRITO DE COLINAÇU.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Roberto</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/31/requerimento-018-2022.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/31/requerimento-018-2022.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO MUNICIPAL E A SECRETARIA DE TRANSPORTE E URBANISMO QUE POSSA PATROLAR A ESTRADA VICINAL QUE DÁ ACESSO A PONTE DO MACAQUINHO.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Indica o executivo que posso tomar as devidas providências para melhoria da rua são João esquina com a rua Campinas especificamente, perto do quebra-molas nas proximidades do estádio municipal</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/38/req_20.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/38/req_20.pdf</t>
   </si>
   <si>
     <t>Requer a presença da secretária da educação na sessão ordinária do dia 21/02/2022 para falar sobre assuntos relacionados a educação do município de Campinorte.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Requer a manutenção da iluminação pública da rua Natal.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/40/req_22.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/40/req_22.pdf</t>
   </si>
   <si>
     <t>Requer que verifique a questão de lotes baldios com mato alto e tome as  providências necessárias na rua Natal.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Itallo</t>
   </si>
   <si>
     <t>Indica ao executivo e a secretaria de saúde que possa fornecer a documentação( IPVA atualizados até os dias atuais) de todos os veículos utilizados na saúde</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/45/req_24.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/45/req_24.pdf</t>
   </si>
   <si>
     <t>Requer a operação tapa-buraco no setor Joviano Pinheiro</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Requer informações quanto a viabilidade de converter em mão única as ruas José Pedro Borges e Basílio Antônio de Prado no bairro Joviano Pinheiro conforme especifica</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/47/req_26.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/47/req_26.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo e a secretaria de transporte e urbanismo que possa unir dois trechos da Avenida Meridional, pois se encontram separados por uma Grota, a união dos trechos se faz necessária para dar sentido de continuidade na avenida</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/48/req_27.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/48/req_27.pdf</t>
   </si>
   <si>
     <t>Requer ao executivo Municipal e a secretaria de transporte e urbanismo que passa operação tapa buracos nas Avenidas Valdo Borges e Rogério Luiz bailona conforme vídeos enviados ao secretário</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/49/req_28.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/49/req_28.pdf</t>
   </si>
   <si>
     <t>Requer ao executivo Municipal e a secretaria de transporte e urbanismo que faça a troca das lâmpadas queimadas nos setores nova campinorte e centro</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/50/req_29.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/50/req_29.pdf</t>
   </si>
   <si>
     <t>Requer informações junto a secretaria de Indústria e Comércio e turismo de campinorte/Goiás</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/52/req30.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/52/req30.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de lixeiras padronizadas nas praças públicas em Pontos específicos das vias públicas do município de Campinorte Goiás</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/53/req_31.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/53/req_31.pdf</t>
   </si>
   <si>
     <t>Requer ao executivo Municipal e a secretaria de transporte e urbanismo para que realiza operação tapa buracos na Rua Acre</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/54/req32.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/54/req32.pdf</t>
   </si>
   <si>
     <t>Requer ao executivo Municipal que faça limpeza de lotes e ruas com mato no setor Vila Miranda</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/55/req33.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/55/req33.pdf</t>
   </si>
   <si>
     <t>Requer ao executivo Municipal que providencia a limpeza da creche abandonada</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/56/req_34.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/56/req_34.pdf</t>
   </si>
   <si>
     <t>Requer ao executivo Municipal e a secretaria de transporte e urbanismo que providencia a operação tapa buracos na Rua Mário cabrito antiga Rua Maranhão</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/57/req._35.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/57/req._35.pdf</t>
   </si>
   <si>
     <t>Requer  o Executivo Municipal juntamente aos órgãos competentes do DNIT e infra, para que faça a limpeza das Margens da br-153 e do anel viário, na zona urbana do nosso município</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/58/req._36.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/58/req._36.pdf</t>
   </si>
   <si>
     <t>Requer ao executivo Municipal e a secretaria de transporte e urbanismo, que faça manutenção nas pontes sobre os rios Água Preta e Cardoso na região do Barro Vermelho</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/59/req_37.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/59/req_37.pdf</t>
   </si>
   <si>
     <t>Requer o Executivo Municipal e o secretário de esporte, a possibilidade de doar horários semanais para prática de handebol em nosso município</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/60/req._38.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/60/req._38.pdf</t>
   </si>
   <si>
     <t>Requer ao executivo Municipal e a secretaria de educação as relações de todos os contratados na Secretaria de Educação</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Requer ao executivo Municipal e a secretaria de transporte de Urbanismo que faça a operação tapa-buracos na Avenida Central, Setor Norte, atendendo a pedido de moradores</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Requer que o poder executivo regularize a quadra de esportes do Setor Sul</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/63/req._41.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/63/req._41.pdf</t>
   </si>
   <si>
     <t>Requer ao executivo Municipal e a secretaria de educação, as informações documentados do EJA Educação de Jovens e Adultos</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/64/req._42.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/64/req._42.pdf</t>
   </si>
   <si>
     <t>Requer ao executivo Municipal, solicitar que seja enviado convite ao secretário de saúde Dr Divino Edir Vieira para fazer o uso da Tribuna</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/65/req._43.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/65/req._43.pdf</t>
   </si>
   <si>
     <t>Indica o Executivo Municipal que notifique os proprietários dos lotes localizados na Rua Goiás e na Rua Buriti esquina com Avenida Central ambas no setor residencial mansões</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>Requer ao executivo Municipal, e a secretaria de transporte e urbanismo a construção de uma quadra poliesportiva no Setor Novo Horizonte de campinorte</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/67/req._45.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/67/req._45.pdf</t>
   </si>
   <si>
     <t>Requer o Executivo Municipal, EA Secretaria de Educação, a instalação de um parquinho infantil na escola Boa Esperança</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Cezamar, Roberto</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/68/req_46.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/68/req_46.pdf</t>
   </si>
   <si>
     <t>Requer o Executivo Municipal juntamente a secretaria de transporte e urbanismo que possa fazer a operação tapa buracos na Rua Itabira, no Setor Central</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/71/requerimento_47.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/71/requerimento_47.pdf</t>
   </si>
   <si>
     <t>Requer o Executivo Municipal juntamente com a Secretaria de Transporte e urbanismo para que possa fazer a operação tapa-buracos, recolher os Entulhos e roçar os canteiros centrais da Avenida Portugal e das ruas Cingapura, Itália e Inglaterra do setor residencial mansões</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/72/requerimento_48.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/72/requerimento_48.pdf</t>
   </si>
   <si>
     <t>Solicitação de operação tapa buracos na Rua Jacuí e Mauá</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/73/requerimento_49.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/73/requerimento_49.pdf</t>
   </si>
   <si>
     <t>Requer o Executivo Municipal e a secretaria de transporte e urbanismo que faça a troca das lâmpadas queimadas nas ruas e avenidas do setor Nova campinorte</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/74/requerimento_50.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/74/requerimento_50.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal que cumpra a Lei Nº 484 de 28 de junho de 2013 que dispõe sobre a limpeza de terrenos baldios no município de campinorte e dá outras providências arrumando uma equipe de pessoas para limpar esses lotes e não apenas penalizar os proprietários</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/75/requerimento_51.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/75/requerimento_51.pdf</t>
   </si>
   <si>
     <t>Requer ao executivo Municipal, e a secretaria de transporte, que inclua Colinaçu na lista de beneficiários da pavimentação asfáltica enviada pelo Governo do Estado de Goiás.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/76/req._52_itallo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/76/req._52_itallo.pdf</t>
   </si>
   <si>
     <t>Requer o Executivo que leilão em alguns lotes do município para que possa destinar a construção do asfalto do setor Vila Miranda</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Requer ao executivo Municipal, e a secretaria de transporte e urbanismo, o patrolamento e cascalhamento das estradas no povoado de Acaçulandia, região da Tema e do Assentamento Iracema</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/78/req._54_amarildo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/78/req._54_amarildo.pdf</t>
   </si>
   <si>
     <t>Requer ao executivo Municipal e a secretaria de saúde que passa a contratação de um assistente social para ajudar no atendimento das pessoas que procuram a secretaria da saúde</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/79/req._55_josemar.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/79/req._55_josemar.pdf</t>
   </si>
   <si>
     <t>Requer ao executivo Municipal faça a limpeza dos canteiros centrais no povoado de Jerusalém Distrito de Colinaçu</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/82/requerimento_56_amarildo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/82/requerimento_56_amarildo.pdf</t>
   </si>
   <si>
     <t>Requer o Executivo Municipal e a Secretaria de Habitação para que nos informe a respeito do cadastro de inscrições das referidas casas que o governo de Goiás está cedendo para o povo de Campinorte</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/83/requerimento_57_amarildo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/83/requerimento_57_amarildo.pdf</t>
   </si>
   <si>
     <t>Requer o Executivo Municipal que providencia o cumprimento da lei nº 633/2020 referente ao cemitério Monsenhor Juarez dos Passos ou expressar por meio de documentos do porquê do não atendimento da lei</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Requer ao presidente da Câmara, jurídico e a comissão responsável sobre processos que foi formado o referente aos pagamentos dos documentos do veículo da Câmara Municipal de Campinorte</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Chiquinho</t>
   </si>
   <si>
     <t>Requer ao executivo Municipal e a secretaria de transporte e urbanismo que possa colocar um quebra-molas na rua Brasil esquina com a Goiás</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/113/requerimento_60_-_josemar.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/113/requerimento_60_-_josemar.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO MUNICIPAL E A SECRETARIA DE TRANSPORTE E URBANISMO PARA QUE POSSA REALIZAR A OPERAÇÃO TAPA - BURACOS NO POVOADO DE JRUSALÉM.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/114/requerimento_61_-_josemar.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/114/requerimento_61_-_josemar.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO MUNICIPAL E A SECRETARIA DE TRANSPORTE E URBANISMO PARA QUE FAÇA O PATROLAMENTO NAS LINHAS DO TRANSPORTE ESCOLAR E DE TODA A REGIÃO DO DISTRITO DE COLINAÇU.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/115/requerimento_62_-_josemar.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/115/requerimento_62_-_josemar.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO MUNICIPAL E A SECRETARIA DE TRANSPORTE E URBANISMO PARA QUE FAÇA A MANUTENÇÃO NOS MEIO-FIOS NO DISTRITO DE COLINAÇU.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/116/requerimento_63_-_josemar.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/116/requerimento_63_-_josemar.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO MUNICIPAL E A SECRETARIA DE TRANSPORTE E URBANISMO PARA QUE PROVIDENCIE A REFORMA DA SUB-PREFEITURA, ESTÁDIO MUNICIPAL JÕAO DA MATA, DO CLUBE SOCIAL NOEL ROSA NO DISTRITO DE COLINAÇU E INTEGRAÇÃO DA ÁREA DO ESTÁDIO.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/119/requerimento_64_-_murilo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/119/requerimento_64_-_murilo.pdf</t>
   </si>
   <si>
     <t>REQUER</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/117/requerimento_65_-_murilo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/117/requerimento_65_-_murilo.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO MUNICIPAL E A SECRETARIA DE TRANSPORTE E URBANISMO PARA QUE REALIZA O PATROLAMENTO NAS REGIÕES DO MATÃO, BAXIÃO E CRISTALINA, E A REFORMA DO MATA-BURRO EM FRENTE AO ANJO CAMILO.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO MUNICIPAL E A SECRETARIA DE SAÚDE EM PARCERIA COM A SECRETARIA DE ASSISTÊNCIA SOCIAL A POSSIBILIDADE DE DEIXAR CADEIRA DE RODAS E OUTROS A DISPOSIÇÃO DO POSTINHO DO POVOADO E DISTRITO.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/120/requerimento_67_-_julimar.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/120/requerimento_67_-_julimar.pdf</t>
   </si>
   <si>
     <t>SOLICITA OPERAÇÃO TAPA BURACOS NO SETOR JARDIM DOS IPÊS</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/121/requerimento_68_-_julimar.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/121/requerimento_68_-_julimar.pdf</t>
   </si>
   <si>
     <t>SOLICITA OS SERVIÇOS DE ROÇAGEM DO MATO ALTO E LIMPEZA URBANA DE TODO BAIRRO DOS SETORES JARDINS DOS IPÊS E MARIA DAS DORES</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/122/requerimento_69_-_julimar.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/122/requerimento_69_-_julimar.pdf</t>
   </si>
   <si>
     <t>SOLICITA A EXTENSÃO DA REDE DE ENERGIA ELÉTRICA NA AVENIDA CENTRAL, APÓS ESCOLA TOMÁS DE AQUINO</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/123/requerimento_70_-_josemar.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/123/requerimento_70_-_josemar.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO MUNICIPAL E  A SECRETARIA DE URBANISMO QUE REALIZE A TROCA DAS LÂMPADAS NO POVOADO DE ACAÇULÂNDIA.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/124/requerimento_71_-_josemar.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/124/requerimento_71_-_josemar.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO MUNICIPAL E A SECRETARIA DE EDUCAÇÃO PARA QUE PROVIDENCIE A REFORMA DA ESCOLA MUNICIPAL SÃO JOSÉ NO POVOADO DE ACAÇULÂNDIA</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/125/requerimento_72_-_amarildo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/125/requerimento_72_-_amarildo.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO QUE CUMPRA A LEI 633/2020 NA SUA TOTALIDADE, POIS A REFERIDA LEI ESTÁ SENDO TOTALMENTE DESCUMPRIDA.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/126/requerimento_73_-_amarildo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/126/requerimento_73_-_amarildo.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE CUMPRA A LEI 484/2013 PRINCIPALEMNTE NO ARTIGO 5° "QUE DISPÕE SOBRE A LIMPEZA DOS LOTES SUJOS DE CAMPINORTE, VISANDO O BEM ESTAR, SAÚDE E HIGIENE.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/95/requerimento_74_-_itallo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/95/requerimento_74_-_itallo.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal e a secretaria de Transporte e Urbanismo que possa viabilizar a acessibilidade nos meios fios das avenidas da cidade, principalmente com a reforma da avenida Maranhão.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/96/requerimento_75_-__amarildo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/96/requerimento_75_-__amarildo.pdf</t>
   </si>
   <si>
     <t>Requer ao executivo Municipal e Secretaria responsável para que nos informe a respeito do andamento da situação do aterro sanitário.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/97/requerimento_76_-_amarildo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/97/requerimento_76_-_amarildo.pdf</t>
   </si>
   <si>
     <t>Requer ao executivo Municipal e aos Secretários municipais responsáveis para prestar esclarecimentos a respeito dos procedimentos em relação ao informativo divulgado no comércio no dia 09 de março do corrente ano.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/98/requerimento_77_-_amarildo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/98/requerimento_77_-_amarildo.pdf</t>
   </si>
   <si>
     <t>Requer ao executivo Municipal e ao Secretario municipal de Saúde para prestar esclarecimentos em razão dos procedimentos de saúde em relação às gestantes e uso do aparelho de ultrason.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/137/requerimento_78_-_clebio.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/137/requerimento_78_-_clebio.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO MUNICIPAL E A SECRETARIA DE TRANSPORTE E URBANISMO QUE PROVIDENCIE A COLETA DE LIXOS E PODAS DE ÁRVORES NA RUA 1(SETOR VILA NOVA) RUA 2 E RUA CRISTO REDENTOR (SETOR VILA JORDANIA) EM CAMPINORTE</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/138/requerimento_79_-_clebio.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/138/requerimento_79_-_clebio.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO MUNICIPAL E A SECRETARIA DE TRANSPORTE PARA QUE PROVIDENCIE A OPERAÇÃO TAPA BURACOS NA AV. LINO PRADO EM CAMPINORTE</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/139/requerimento_80_-_amarildo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/139/requerimento_80_-_amarildo.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO MUNICIPAL E A SECRETARIA DE TRANSPORTE PARA QUE PROVIDENCIE A OPERAÇÃO TAPA BURACOS NO NOSSO MUNICÍPIO QUE JÁ FOI SOLICITADA</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO MUNICIPAL E A SECRETÁRIA COMPETENTE PARA CONSTRUIR UMA PRAÇA PÚBLICA E FAZER A  INSTALAÇÃO DE BRINQUEDOS EDUCATIVOS PARA VIABILIZAR O LAZER NO POVOADO DE ACACULANDIA.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/141/requerimento_83_-_josemar.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/141/requerimento_83_-_josemar.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO MUNICIPAL E A SECRETARIA DE EDUCAÇÃO PARA QUE FAÇA A INSTALAÇÃO DE AR-CONDICIONADO NA ESCOLA SONHO ENCANTADO NO DISTRITO DE COLINAÇU.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/142/requerimento_-_84_-_amarildo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/142/requerimento_-_84_-_amarildo.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO MUNICIPAL E A SECRETÁRIA MUNICIPAL DE EDUCAÇÃO PARA FORNECER INFORMAÇÕES A RESPEITO DO E.J.A (EDUCAÇÃO DE JOVENS E ADULTOS)</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/143/requerimento_85_-_amarildo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/143/requerimento_85_-_amarildo.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal e a Secretaria de Transporte para que faça a instalação de bancos de praça, parque infantil, aparelhos de exercícios e vitalizar os canteiros centrais do Povoado de Jerusalém.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/144/requerimento_86_-_amarildo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/144/requerimento_86_-_amarildo.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal e a Secretaria para que providencie a manutenção da piscina e reforma no telhado do CRAD em Campinorte.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/145/requerimento_87_-_amarildo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/145/requerimento_87_-_amarildo.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal e a Secretaria de arrecadação para que faça o envio do Dossiê, valores e nomes das pessoas que compraram os lotes do leilão no Setor Novo Horizonte em campinorte.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/146/requerimento_88_-_amarildo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/146/requerimento_88_-_amarildo.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal e a Secretaria de Saúde para realizar a campanha de combate contra o mosquito Aedes Aegypti.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/147/requerimento_89_-_julimar.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/147/requerimento_89_-_julimar.pdf</t>
   </si>
   <si>
     <t>Indica ao Secretário de Obras de Campinorte a recuperação (nivelamento) da estrada que se estende após o povoado do trevinho na Região da Palmeira, que localiza-se às seguintes Fazenda Fartura, Boa Sorte entre outras.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/148/requerimento_90_-_julimar_.amarildo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/148/requerimento_90_-_julimar_.amarildo.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal que regularize o novo piso salarial ao Agentes Comunitários de Saúde e Agentes de Combate a Endemias com base na aprovação da emenda constitucional 120/2022. Inclusive o retroativo a sansão da lei.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/149/requerimento_91_-_amarildo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/149/requerimento_91_-_amarildo.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal e a Secretaria Competente para realizar o reaproveitamento dos postes de luz que serão retirados da Av. Maranhao e que sejam transferidos para as demais localidades que necessitam no município de Campinorte - GO.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal e a Secretaria de Transporte para que faça o patrolamento e cascalhamento na Região da Placa.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/151/requerimento_93_-_amarildo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/151/requerimento_93_-_amarildo.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal e a Secretaria de Transporte para que faça o cascalhamento na Rua Canadá setor parque das Nações.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/152/requerimento_94_-_clebio.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/152/requerimento_94_-_clebio.pdf</t>
   </si>
   <si>
     <t>Requer ao poder executivo municipal que tome as medidas cabíveis em razão da empresa que é responsavel do recolhimento e transporte dos Ossos no Municipio de Campinorte-GO.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/153/requerimento_95_-_clebio.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/153/requerimento_95_-_clebio.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal e a secrteária competente para aguar a Praça de Esportes no fundo do campo municipal.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/154/requerimento_96_-_cezamar.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/154/requerimento_96_-_cezamar.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal e a secretaria competente para arrumar os buracos na Rua São José no município de Campinorte-GO.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/155/requerimento_97_-_amarildo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/155/requerimento_97_-_amarildo.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal e a Secretaria de Saúde para buscar e aderir as recomendações da OMS sobre os cuidados dos pré Natais e a adesão da Doula para ajudar nos partos do Município.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal e a Secretaria de Arrecadação e Finanças para estar cumprindo com todos os direitos e vantagens dos Servidores de Licença Prêmio do Município.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/157/requerimento_101_-_murilo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/157/requerimento_101_-_murilo.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal e a Secretária competente para plotar todo e qualquer veículo a frente do Poder Público Municipal.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/158/requerimento_102_-_amarildo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/158/requerimento_102_-_amarildo.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal e a Secretaria de Transportes para realizar a instalação de no mínimo três quebra-molas na Rua Natal para estar impedindo a alta velocidade dos veículos naquele trecho.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>Solicita gentilmente estudar a possibilidade de Elaborar o o Projeto de Lei a fim de implementar Plano de Carreira aos servidores públicos municipais da administração.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>Departamento de Processo Legislativo - DPL</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/160/requerimento_104_-_mesa_diretora.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/160/requerimento_104_-_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que envie o BALANCETE MENSAL DAS RECEITAS E DESPESAS DA PREFEITURA MUNICIPAL para análise da Câmara Municipal.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/161/requerimento_105_-_clebio.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/161/requerimento_105_-_clebio.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal e a Secretaria competente para estar trocando as lâmapadas de LED na academia da saúde na Av., Principal no Setor Sul.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>Requer ao executivo Municipal e a Secretaria de Transportes para realizar o patrolamento e o cascalhamento na entrada da vaca brava indo para o Matãozinho, região rural do município de Campinorte.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/163/requerimento_107_-_murillo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/163/requerimento_107_-_murillo.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal e a secretaria de transportes para realizar o patrolamento e o cascalhamento das estradas do Barro Vermelho a pedido dos moradores Locais.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal e a secretaria de transportes para realizar i patrolamento e o cascalhamento na região da Teima, região Rural do Município.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/165/requerimento_109_-_amarildo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/165/requerimento_109_-_amarildo.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal e a secretaria de transportes para que providencie a placa em homenagem aos Campeões de FUTSAL Goiano em 2014.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/166/requerimento_110_-_amarildo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/166/requerimento_110_-_amarildo.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal e a secretaria responsável para que verfique a constante falta de água e faça a manutenção da bomba no KM-300.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/167/requerimento_111_-_amarildo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/167/requerimento_111_-_amarildo.pdf</t>
   </si>
   <si>
     <t>Requer ao Presidente do legislativo para que providencie a entrega das placas aos atletas Campeões do Futsal Goiano.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/168/requerimento_112_-_josemar.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/168/requerimento_112_-_josemar.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal e a Secretaria de Saúde para estar realizando a aquisição de um veículo 0 KM para o povoado de Jerusalém, tendo em vista que já consta nos cofres públicos municipais uma emenda destinada e paga pelo Deputado Talles Barreto.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/176/requerimento_113-amarildo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/176/requerimento_113-amarildo.pdf</t>
   </si>
   <si>
     <t>Requer ao poder executivo Municipal e secretaria de transporte que realiza a pintura de todos os quebra-molas do município e da outras providências</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/169/requerimento_131_-_julimar.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/169/requerimento_131_-_julimar.pdf</t>
   </si>
   <si>
     <t>Recuperação do asfalto nos cortes realizados para execução da rede de água na Rua José Pedro Borges do Setor Joviano Pinheiro.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/170/requerimento_132_-_clebio.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/170/requerimento_132_-_clebio.pdf</t>
   </si>
   <si>
     <t>Solicitar ao poder ao chefe do Poder Executivo e a Secretaria competente para estar arrumando o campo de futebol, inserir redes no gol e construir uma arquibancada nova na região do Baxião e dá outras providências.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/171/requerimento_133_-_clebio.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/171/requerimento_133_-_clebio.pdf</t>
   </si>
   <si>
     <t>Solicitar ao poder ao chefe do Poder Executivo e a Secretaria competente para estar construindo um consultório médico e que haja atendimento pelo menos uma vez por mês na região da Baxião e dá outras providências.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>Roberto, Cezamar</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/172/requerimento_134_-_roberto_-_cezamar.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/172/requerimento_134_-_roberto_-_cezamar.pdf</t>
   </si>
   <si>
     <t>Requeiro ao poder executivo Municipal e a Garagem Municipal para realizar a operação tapa buracos na Avenida Lino Prado próximo ao Posto Rainha da Paz e da outras providências.</t>
   </si>
   <si>
     <t>P.L.E</t>
   </si>
   <si>
     <t>Projetos de Lei do Poder Executivo</t>
   </si>
   <si>
     <t>Gabinete do Prefeito - GABPREF</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/11/projetodelei-001-2022.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/11/projetodelei-001-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação de Subsídio e remuneração dos membros do Conselho Tutelar do Município de Campinorte/GO, na forma especifica e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/12/projetodelei-002-2022.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/12/projetodelei-002-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral, anual, nos mesmos índices para os todos servidores públicos municipais; e Agentes Políticos do Poder Executivo do Município de Campinorte/GO</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/34/projeto_de_lei_numero_003_de_4_de_fevereiro_de_2022_executivo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/34/projeto_de_lei_numero_003_de_4_de_fevereiro_de_2022_executivo.pdf</t>
   </si>
   <si>
     <t>Estabelece a fixação do piso do servidores públicos ocupantes do cargo de professor do magistério municipal e dá outras providências</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/51/projeto_de_lei_004.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/51/projeto_de_lei_004.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do Poder Executivo Municipal proceder a abertura de um crédito adicional especial com cancelamento parcial de dotação orçamentária no orçamento Geral do município exercício 2022, e dá outras providências</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/86/projeto_de_lei_005_de_08_de_marco_de_2022.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/86/projeto_de_lei_005_de_08_de_marco_de_2022.pdf</t>
   </si>
   <si>
     <t>Trata de fixar o piso dos servidores públicos do município de Campinorte/GO e dá outras providências</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/89/projeto_de_lei_006_-_2022.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/89/projeto_de_lei_006_-_2022.pdf</t>
   </si>
   <si>
     <t>Trata de aprovar nova tabela de vencimentos constante no plano de carreira dos professores, e alterar dispositivo legal da lei 393/2009 dos Profissionais do Magistério do Município de Campinorte/GO e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/134/projeto_de_lei_007_-_2022.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/134/projeto_de_lei_007_-_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DESAFETAÇÃO E AUTORIZAÇÃO PARA ALIENAÇÃO DE BENS PÚBLICOS E DÁ OUTRAS PROVIDEÊNCIAS</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/135/projeto_de_lei_008_-_2022.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/135/projeto_de_lei_008_-_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES GERAIS PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2023 (ANO REFERENCIA DE 2023) E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>PODER EXECUTIVO - P.E</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/174/projeto_de_lei_010_-_executivo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/174/projeto_de_lei_010_-_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para firmar convênio com instituição de  filantropia e dá outras providências.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/175/projeto_de_lei_014_-_executivo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/175/projeto_de_lei_014_-_executivo.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a despesa do Orçamento Anual do Município de Campinorte, para o exercício financeiro de 2023.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>Estima receita e fixa as despesas do orçamento anual do município de Campinorte para o exercício de 2023</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>Estabelece</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/179/projeto_de_lei_numero_0017.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/179/projeto_de_lei_numero_0017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação das funções de servidores da saúde e da outras providências</t>
   </si>
   <si>
     <t>P.R.T</t>
   </si>
   <si>
     <t>PORTARIA</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/10/portaria-01-2022.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/10/portaria-01-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DESIGNAÇÃO DE SERVIDOR COMO RESPONSÁVEL JUNTO AO PASSAPORTE, PARA ENVIO DE DADOS AO TCM/GO, VIA PLATAFORMA COLARE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Gabinete do Presidente - GABPRES</t>
   </si>
   <si>
     <t>Concede ao vereador ITALLO FERNANDES DA SILVA NUNES 1 DIÁRIA</t>
   </si>
   <si>
     <t>CONCEDE UMA DIÁRIA AO VEREADOR CEZAMAR CORREIA OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/41/portaria_04.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/41/portaria_04.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO VEREADOR CLÉBIO MORAIS DOS SANTOS,O PAGAMENTO DE 1 DIÁRIA REFERENTE A UMA VIAGEM QUE FEZ ATÉ A CIDADE DE GOIÂNIA NO DIA 27 DE JANEIRO DE 2022.</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/42/portaria_05.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/42/portaria_05.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO VEREADOR ITALLO FERNANDES DA SILVA NUNES, 1 DIÁRIA REFERENTE A UMA VIAGEM QUE FEZ A CIDADE DE NIQUELÂNDIA - GO NO DIA 02 DE FEVEREIRO DE 2022.</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/43/portaria_06.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/43/portaria_06.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO VEREADOR MURILO MATHEUS DA SILVA 1 DIÁRIA REFERENTE A UMA VIAGEM QUE FEZ A NIQUELÂNDIA - GO NO DIA 02 DE FEVEREIRO DE 2022.</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/99/portaria_7.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/99/portaria_7.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIÁRIA AO SERVIDOR COMISSIONADO DA CÂMARA MUNICIPAL DE CAMPINORTE - GO EM VIAGEM INSTITUCIONAL A GOIÂNIA - GO.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/100/portaria_8.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/100/portaria_8.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIÁRIA A VEREADOR DA CÂMARA MUNICIPAL DE CAMPINORTE - GO EM VIAGEM INSTITUCIONAL A GOIÂNIA - GO.</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/101/portaria_9.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/101/portaria_9.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIÁRIA AO VEREADOR ITALLO DA CÂMARA MUNICIPAL DE CAMPINORTE - GO EM VIAGEM INSTITUCIONAL A GOIÂNIA - GO.</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/102/portaria_10.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/102/portaria_10.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIÁRIA AO VEREADOR CEZAMAR DA CÂMARA MUNICIPAL DE CAMPINORTE - GO EM VIAGEM INSTITUCIONAL A GOIÂNIA - GO.</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/103/portaria_11.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/103/portaria_11.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIÁRIA AO VEREADOR MURILO MATHEUS, DA CÂMARA MUNICIPAL DE CAMPINORTE - GO EM VIAGEM INSTITUCIONAL A PORANGATU - GO.</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/104/portaria_12.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/104/portaria_12.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIÁRIA AO VEREADOR JULIMAR CAETANO, DA CÂMARA MUNICIPAL DE CAMPINORTE - GO EM VIAGEM INSTITUCIONAL A GOIÂNIA - GO.</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/105/portaria_13.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/105/portaria_13.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIÁRIA AO VEREADOR CLEBIO, DA CÂMARA MUNICIPAL DE CAMPINORTE - GO EM VIAGEM INSTITUCIONAL A GOIÂNIA - GO.</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/106/portaria_14.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/106/portaria_14.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIÁRIA AO VEREADOR ITALLO, DA CÂMARA MUNICIPAL DE CAMPINORTE - GO EM VIAGEM INSTITUCIONAL A GOIÂNIA - GO.</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/107/portaria_15.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/107/portaria_15.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIÁRIA AO VEREADOR JOSEMAR, DA CÂMARA MUNICIPAL DE CAMPINORTE - GO EM VIAGEM INSTITUCIONAL A GOIÂNIA - GO.</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/108/portaria_16.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/108/portaria_16.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIÁRIA AO VEREADOR MURILO MATHEUS, DA CÂMARA MUNICIPAL DE CAMPINORTE - GO EM VIAGEM INSTITUCIONAL A GOIÂNIA - GO.</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/109/portaria_17.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/109/portaria_17.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIÁRIA AO VEREADOR JULIMAR, DA CÂMARA MUNICIPAL DE CAMPINORTE - GO EM VIAGEM INSTITUCIONAL A JARAGUA - GO.</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/110/portaria_18.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/110/portaria_18.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIÁRIA AO VEREADOR ITALLO, DA CÂMARA MUNICIPAL DE CAMPINORTE - GO EM VIAGEM INSTITUCIONAL A JARAGUA - GO.</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/111/portaria_19.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/111/portaria_19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIÁRIA AO VEREADOR CLEBIO, DA CÂMARA MUNICIPAL DE CAMPINORTE - GO EM VIAGEM INSTITUCIONAL A JARAGUA - GO.</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIÁRIA AO VEREADOR CEZAMAR, DA CÂMARA MUNICIPAL DE CAMPINORTE - GO EM VIAGEM INSTITUCIONAL A JARAGUA - GO.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/127/portaria_21.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/127/portaria_21.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIÁRIA AO VEREADOR ITALLO, DA CÂMARA MUNICIPAL DE CAMPINORTE/GO EM VIAGEM INSTITUCIONAL A GOIÂNIA/GO</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/128/portaria_22.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/128/portaria_22.pdf</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/129/portaria_23.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/129/portaria_23.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIÁRIA AO VEREADOR SILVANIO, DA CÂMARA MUNICIPAL DE CAMPINORTE/GO EM VIAGEM INSTITUCIONAL A GOIÂNIA/GO</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/130/portaria_24.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/130/portaria_24.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIÁRIA AO VEREADOR CEZAMAR, DA CÂMARA MUNICIPAL DE CAMPINORTE/GO EM VIAGEM INSTITUCIONAL A GOIÂNIA/GO</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/131/portaria_25.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/131/portaria_25.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIÁRIA AO VEREADOR ROBERTO, DA CÂMARA MUNICIPAL DE CAMPINORTE/GO EM VIAGEM INSTITUCIONAL A GOIÂNIA/GO</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/132/portaria_26.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/133/portaria_27.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/132/portaria_26.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/133/portaria_27.pdf</t>
   </si>
   <si>
     <t>V.T</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/92/veto_parcial_ao_projeto_006-2022.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/92/veto_parcial_ao_projeto_006-2022.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL AO AUTÓGRAFO DE LEI 006 DE 2022</t>
   </si>
   <si>
     <t>P.L.L</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/13/projetodeleilegislativo-001-2022.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/13/projetodeleilegislativo-001-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações em artigo e parágrafos da lei 658/2021 de 26 de outubro de 2021 e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/35/projeto_de_lei_numero_0_0_2_2022_legislativo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/35/projeto_de_lei_numero_0_0_2_2022_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do selo empresa parceira da juventude destinado a atestar as empresas que ajudam na inserção no mercado de trabalho para os jovens do município de campinorte goiás</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/36/projeto_de_lei_numero_003_de_2022_legislativo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/36/projeto_de_lei_numero_003_de_2022_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui o programa municipal de qualificação profissional no âmbito do município de campinorte goiás e da outros providências</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/87/projeto_de_lei_004_-_leg.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/87/projeto_de_lei_004_-_leg.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral, anual, nos mesmos índices para os todos os servidores públicos e agentes políticos do Poder Legislativo no município de campinorte Goiás</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVISÃO GERAL ANUAL, NOS MESMOS ÍNDICES PARA TODOS OS SERVIDORES PÚBLICOS E AGENTES POLÍTICOS DO PODER LEGISLATIVO DE CAMPINORTE / GO</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/136/projeto_de_lei_006_-_legislativo.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/136/projeto_de_lei_006_-_legislativo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES EM ARTIGO, PARÁGRAFOS E INCISOS DA LEI 636/2020 DE 23 DE DEZEMBRO DE 2020 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/180/07.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/180/07.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção de IPTU para pessoas com baixa renda e que seja criado o "IPTU SOCIAL", um programa social afim de beneficiar pessoas de baixa renda do município de Campinorte.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/181/08.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/181/08.pdf</t>
   </si>
   <si>
     <t>Dispões sobre a alteração de uma APM (Área Pública do Município) para uma APP (Área de Preservação Permanente) na área do Pula-Toco no Município de Campinorte.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/182/09.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/182/09.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Conscientização e orientação sobre o Lúpus Eritematoso Sistêmico, na cidade de Campinorte e dá outras providências.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/183/10.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/183/10.pdf</t>
   </si>
   <si>
     <t>Estabelece as igrejas, templos e cultos religiosos como atividade essencial em períodos de calamidade pública no município de Campinorte-GO.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/184/11.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/184/11.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a extinção de cargos de provimento em comissão de Encarregado de Manutenção Predial e Encarregado da Vigilância. Constantes na Lei 645/2021 e dá outras providências.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/185/12.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/185/12.pdf</t>
   </si>
   <si>
     <t>Institui no município de Campinorte a Semana Municipal de Conscientização das Doenças da Tireoide, a ser realizada anualmente, na semana do Dia 25 de maio (Dia Internacional da Tireoide), passando a integrar o calendário de eventos do Município.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/186/13.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/186/13.pdf</t>
   </si>
   <si>
     <t>Dá Sentido único a rua: José Pedro Borges do Setor Joviano Pinheiro e dá outras providências.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/187/14.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/187/14.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A CIRCULAÇÃO DE VEÍCULOS DE GRANDE PORTE NA ÁREA CENTRAL E VELOCIDADE EM RUAS E AVENIDAS DO MUNICÍPIO DE CAMPINORTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/188/projeto_de_lei_-_15_leg.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/188/projeto_de_lei_-_15_leg.pdf</t>
   </si>
   <si>
     <t>Trata de Criar o IPTU e ITU progressivos, regulamentação de desapropriação, incentivo e empreendimento imobiliário e dá outras providências.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>Acrescenta o artigo 129-A a Lei Orgânica do Município de Campinorte-GO</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>Dispõe sobrea  as alterações nos incisos, da Lei Complementar 002/2021 Código de Postura, disposto na Seção I, do título "Da Aplicação das Multas", artigos: 190, 191 e 192 e dá outras providências".</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>Gabinete dos vereadores - GVs</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição, concessão e normatização da verba de gabinete na Câmara Municipal de Vereadores de Campinorte</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>PARECER</t>
   </si>
   <si>
     <t>C.E.C.S.A - Comissão de Educação, Cultura, Saúde e Assistência</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/69/parecer_ao_projeto_de_lei_003_-_2022.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/69/parecer_ao_projeto_de_lei_003_-_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o programa municipal de qualificação profissional no âmbito do Município de Campinorte/GO e dá outras providências</t>
   </si>
   <si>
     <t>C.F.O.E - Comissão de Finanças, Orçamento e Economia</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/70/parecer_ao_projeto_de_lei_004_-_2022.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/70/parecer_ao_projeto_de_lei_004_-_2022.pdf</t>
   </si>
   <si>
     <t>Autorização para o Chefe do Poder Executivo Municipal proceder a abertura de um crédito adicional espacial com cancelamento parcial de dotação orçamentária no Orçamento Geral do Município Exercício 2022, e dá outras providências</t>
   </si>
   <si>
     <t>C.C.J.R - Comissão de Constituição Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/80/parecer_ao_projeto_004.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/80/parecer_ao_projeto_004.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei 004 de 08 de Março de 2022.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Parecer ao projeto de Lei 005 de 08 de Marco de 2022</t>
   </si>
   <si>
     <t>PARECER AO PROJETO DE LEI 005 DE 08 DE MARÇO DE 2022</t>
   </si>
   <si>
     <t>C.O.S.P.U - Comissão de Obras, Serviços Públicos e Urbanismo</t>
   </si>
   <si>
     <t>PARECER AO PROJETO DE LEI 004 DE 08 DE MARCO DE 2022</t>
   </si>
   <si>
     <t>Trata projeto de lei que visa aprovar a nova tabela de vencimentos constantes do plano de carreira dos professores e alterar o dispositivo legal da Lei 393/2009 dos profissionais do magistério do município de campinorte Goiás e dá outras providências</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>P.D.L</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>Murilo Matheus, Itallo</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/173/projeto_de_decreto_legislativo_013-2022.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/173/projeto_de_decreto_legislativo_013-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Título de Cidadão Campinortense ao senho SD Bruno Borges Lagares e dá outras Providências.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/189/projeto_de_lei_-_16_leg.pdf</t>
+    <t>http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/189/projeto_de_lei_-_16_leg.pdf</t>
   </si>
   <si>
     <t>Acrescenta o artigo 129-A a lei orgânica do município de Campinorte</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2055,68 +2055,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/14/requerimento-001-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/16/requerimento-003-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/17/requerimento-004-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/18/5.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/19/6.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/20/7.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/21/8.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/22/9.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/23/10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/26/requerimento-013-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/27/requerimento-014-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/28/requerimento-015-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/30/requerimento-017-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/31/requerimento-018-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/38/req_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/40/req_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/45/req_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/47/req_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/48/req_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/49/req_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/50/req_29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/52/req30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/53/req_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/54/req32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/55/req33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/56/req_34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/57/req._35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/58/req._36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/59/req_37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/60/req._38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/63/req._41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/64/req._42.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/65/req._43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/67/req._45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/68/req_46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/71/requerimento_47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/72/requerimento_48.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/73/requerimento_49.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/74/requerimento_50.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/75/requerimento_51.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/76/req._52_itallo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/78/req._54_amarildo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/79/req._55_josemar.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/82/requerimento_56_amarildo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/83/requerimento_57_amarildo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/113/requerimento_60_-_josemar.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/114/requerimento_61_-_josemar.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/115/requerimento_62_-_josemar.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/116/requerimento_63_-_josemar.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/119/requerimento_64_-_murilo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/117/requerimento_65_-_murilo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/120/requerimento_67_-_julimar.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/121/requerimento_68_-_julimar.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/122/requerimento_69_-_julimar.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/123/requerimento_70_-_josemar.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/124/requerimento_71_-_josemar.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/125/requerimento_72_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/126/requerimento_73_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/95/requerimento_74_-_itallo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/96/requerimento_75_-__amarildo.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/97/requerimento_76_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/98/requerimento_77_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/137/requerimento_78_-_clebio.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/138/requerimento_79_-_clebio.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/139/requerimento_80_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/141/requerimento_83_-_josemar.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/142/requerimento_-_84_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/143/requerimento_85_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/144/requerimento_86_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/145/requerimento_87_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/146/requerimento_88_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/147/requerimento_89_-_julimar.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/148/requerimento_90_-_julimar_.amarildo.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/149/requerimento_91_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/151/requerimento_93_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/152/requerimento_94_-_clebio.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/153/requerimento_95_-_clebio.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/154/requerimento_96_-_cezamar.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/155/requerimento_97_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/157/requerimento_101_-_murilo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/158/requerimento_102_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/160/requerimento_104_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/161/requerimento_105_-_clebio.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/163/requerimento_107_-_murillo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/165/requerimento_109_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/166/requerimento_110_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/167/requerimento_111_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/168/requerimento_112_-_josemar.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/176/requerimento_113-amarildo.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/169/requerimento_131_-_julimar.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/170/requerimento_132_-_clebio.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/171/requerimento_133_-_clebio.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/172/requerimento_134_-_roberto_-_cezamar.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/11/projetodelei-001-2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/12/projetodelei-002-2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/34/projeto_de_lei_numero_003_de_4_de_fevereiro_de_2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/51/projeto_de_lei_004.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/86/projeto_de_lei_005_de_08_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/89/projeto_de_lei_006_-_2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/134/projeto_de_lei_007_-_2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/135/projeto_de_lei_008_-_2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/174/projeto_de_lei_010_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/175/projeto_de_lei_014_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/179/projeto_de_lei_numero_0017.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/10/portaria-01-2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/41/portaria_04.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/42/portaria_05.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/43/portaria_06.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/99/portaria_7.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/100/portaria_8.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/101/portaria_9.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/102/portaria_10.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/103/portaria_11.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/104/portaria_12.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/105/portaria_13.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/106/portaria_14.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/107/portaria_15.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/108/portaria_16.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/109/portaria_17.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/110/portaria_18.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/111/portaria_19.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/127/portaria_21.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/128/portaria_22.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/129/portaria_23.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/130/portaria_24.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/131/portaria_25.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/132/portaria_26.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/133/portaria_27.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/92/veto_parcial_ao_projeto_006-2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/13/projetodeleilegislativo-001-2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/35/projeto_de_lei_numero_0_0_2_2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/36/projeto_de_lei_numero_003_de_2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/87/projeto_de_lei_004_-_leg.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/136/projeto_de_lei_006_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/180/07.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/181/08.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/182/09.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/183/10.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/184/11.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/185/12.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/186/13.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/187/14.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/188/projeto_de_lei_-_15_leg.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/69/parecer_ao_projeto_de_lei_003_-_2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/70/parecer_ao_projeto_de_lei_004_-_2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/80/parecer_ao_projeto_004.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/173/projeto_de_decreto_legislativo_013-2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/189/projeto_de_lei_-_16_leg.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/14/requerimento-001-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/16/requerimento-003-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/17/requerimento-004-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/18/5.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/19/6.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/20/7.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/21/8.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/22/9.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/23/10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/26/requerimento-013-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/27/requerimento-014-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/28/requerimento-015-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/30/requerimento-017-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/31/requerimento-018-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/38/req_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/40/req_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/45/req_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/47/req_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/48/req_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/49/req_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/50/req_29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/52/req30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/53/req_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/54/req32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/55/req33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/56/req_34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/57/req._35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/58/req._36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/59/req_37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/60/req._38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/63/req._41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/64/req._42.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/65/req._43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/67/req._45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/68/req_46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/71/requerimento_47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/72/requerimento_48.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/73/requerimento_49.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/74/requerimento_50.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/75/requerimento_51.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/76/req._52_itallo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/78/req._54_amarildo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/79/req._55_josemar.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/82/requerimento_56_amarildo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/83/requerimento_57_amarildo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/113/requerimento_60_-_josemar.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/114/requerimento_61_-_josemar.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/115/requerimento_62_-_josemar.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/116/requerimento_63_-_josemar.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/119/requerimento_64_-_murilo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/117/requerimento_65_-_murilo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/120/requerimento_67_-_julimar.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/121/requerimento_68_-_julimar.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/122/requerimento_69_-_julimar.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/123/requerimento_70_-_josemar.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/124/requerimento_71_-_josemar.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/125/requerimento_72_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/126/requerimento_73_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/95/requerimento_74_-_itallo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/96/requerimento_75_-__amarildo.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/97/requerimento_76_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/98/requerimento_77_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/137/requerimento_78_-_clebio.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/138/requerimento_79_-_clebio.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/139/requerimento_80_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/141/requerimento_83_-_josemar.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/142/requerimento_-_84_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/143/requerimento_85_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/144/requerimento_86_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/145/requerimento_87_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/146/requerimento_88_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/147/requerimento_89_-_julimar.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/148/requerimento_90_-_julimar_.amarildo.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/149/requerimento_91_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/151/requerimento_93_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/152/requerimento_94_-_clebio.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/153/requerimento_95_-_clebio.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/154/requerimento_96_-_cezamar.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/155/requerimento_97_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/157/requerimento_101_-_murilo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/158/requerimento_102_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/160/requerimento_104_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/161/requerimento_105_-_clebio.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/163/requerimento_107_-_murillo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/165/requerimento_109_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/166/requerimento_110_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/167/requerimento_111_-_amarildo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/168/requerimento_112_-_josemar.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/176/requerimento_113-amarildo.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/169/requerimento_131_-_julimar.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/170/requerimento_132_-_clebio.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/171/requerimento_133_-_clebio.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/172/requerimento_134_-_roberto_-_cezamar.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/11/projetodelei-001-2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/12/projetodelei-002-2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/34/projeto_de_lei_numero_003_de_4_de_fevereiro_de_2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/51/projeto_de_lei_004.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/86/projeto_de_lei_005_de_08_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/89/projeto_de_lei_006_-_2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/134/projeto_de_lei_007_-_2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/135/projeto_de_lei_008_-_2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/174/projeto_de_lei_010_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/175/projeto_de_lei_014_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/179/projeto_de_lei_numero_0017.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/10/portaria-01-2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/41/portaria_04.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/42/portaria_05.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/43/portaria_06.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/99/portaria_7.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/100/portaria_8.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/101/portaria_9.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/102/portaria_10.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/103/portaria_11.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/104/portaria_12.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/105/portaria_13.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/106/portaria_14.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/107/portaria_15.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/108/portaria_16.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/109/portaria_17.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/110/portaria_18.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/111/portaria_19.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/127/portaria_21.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/128/portaria_22.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/129/portaria_23.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/130/portaria_24.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/131/portaria_25.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/132/portaria_26.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/133/portaria_27.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/92/veto_parcial_ao_projeto_006-2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/13/projetodeleilegislativo-001-2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/35/projeto_de_lei_numero_0_0_2_2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/36/projeto_de_lei_numero_003_de_2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/87/projeto_de_lei_004_-_leg.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/136/projeto_de_lei_006_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/180/07.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/181/08.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/182/09.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/183/10.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/184/11.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/185/12.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/186/13.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/187/14.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/188/projeto_de_lei_-_15_leg.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/69/parecer_ao_projeto_de_lei_003_-_2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/70/parecer_ao_projeto_de_lei_004_-_2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/80/parecer_ao_projeto_004.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/173/projeto_de_decreto_legislativo_013-2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinorte.go.leg.br/media/sapl/public/materialegislativa/2022/189/projeto_de_lei_-_16_leg.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H183"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="56.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="137.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="136.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="247.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>